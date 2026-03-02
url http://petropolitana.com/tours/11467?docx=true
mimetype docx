--- v0 (2025-10-17)
+++ v1 (2026-03-02)
@@ -11,56 +11,56 @@
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"> </Override>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"> </Override>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"> </Override>
   <Override PartName="/word/footer.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"> </Override>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"> </Override>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"></Relationship><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"></Relationship></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b w:val="single"/>
           <w:sz w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve">Это Кавказ, 6 дней, октябрь 2024 - декабрь 2025</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Продолжительность: 6 дней/5 ночей</w:t>
+        <w:t xml:space="preserve">Продолжительность: 5 дней/4 ночи</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Маршрут: Минеральные Воды - Кисловодск (5 ночей) - Эльбрус - Железноводск - Ессентуки - Домбай - Пятигорск - Минеральные воды</w:t>
+        <w:t xml:space="preserve">Маршрут: Минеральные Воды - Кисловодск (4 ночи) - Эльбрус - Железноводск - Ессентуки - Домбай - Пятигорск - Минеральные воды</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Заезды: по понедельникам</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Кисловодск - самый большой и живописный курорт Кавказских Минеральных Вод.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">В туре "Это Кавказ!" вы не только посетите все уголки нашего старинного курорта, но и побываете во всех городах Кавказских Минеральных Вод и, так любимыми туристами, Домбае и Эльбрусе.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b w:val="single"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Детали перелета</w:t>
       </w:r>
@@ -94,120 +94,100 @@
           <w:p>
             <w:r>
               <w:t xml:space="preserve">1 день</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Прибытие в Кисловодск. Размещение в гостинице. В 14:00 экскурсия по г. Кисловодску с посещением Замка Коварства и Любви. Возвращение в гостиницу. Экскурсия по Кисловодску начинается в старинной части города, от Кисловодской крепости, давшей начало городу-курорту в первых годах XIX столетия. Следующим объектом для посещения в экскурсии по Кисловодску является Свято-Никольский собор – главный храм Кисловодска XIX века в честь Николая Чудотворца. Мы спускаемся в нижний курортный парк и там увидим водопад «Стеклянная струя», Зеркальный пруд и мостик «Дамский каприз». Конечно, не пройдем и мимо знаменитой Колоннады. Здесь всегда царит курортная праздничная атмосфера, местные художники покажут нам свои картины, которые рисуются здесь же, на наших глазах. Затем наш путь лежит в среднюю часть парка, где нас ждут знаменитые Красные камни. Далее обзорная экскурсия продолжается по городским окрестностям. Каждый путешественник стремится посетить источник Нарзана и побывать у скалы «Замок», получившей название Замка Коварства и Любви. Оно расположено в глубокой каменной лощине, которая отличается живописностью и красотой окружающего пейзажа. Это одно из самых популярных экскурсионных мест в окрестностях Кисловодска.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">2 день</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Для варианта Лайт - свободный день.
-Для остальных - экскурсия в известный горнолыжный курорт-Приэльбрусье. Заснеженный горб Эльбруса завораживает и манит своей недоступностью. Этот край богат лесами, отличается живописностью пейзажей, прозрачностью рек и озер, чистотой воздуха. Дорога идет вдоль Баксанского ущелья, несколько раз пересекая реку Баксан и ведет к подножию Эльбруса. Автобусный маршрут заканчивается у селения Терскол на поляне Азау. С нее начинается подъем на Эльбрус. В программу экскурсии входит посещение горы Чегет. С горы Чегет открывается прекрасный вид на Эльбрус и г. Донгуз-Орун.</w:t>
+              <w:t xml:space="preserve">экскурсия в известный горнолыжный курорт-Приэльбрусье. Заснеженный горб Эльбруса завораживает и манит своей недоступностью. Этот край богат лесами, отличается живописностью пейзажей, прозрачностью рек и озер, чистотой воздуха. Дорога идет вдоль Баксанского ущелья, несколько раз пересекая реку Баксан и ведет к подножию Эльбруса. Автобусный маршрут заканчивается у селения Терскол на поляне Азау. С нее начинается подъем на Эльбрус. В программу экскурсии входит посещение горы Чегет. С горы Чегет открывается прекрасный вид на Эльбрус и г. Донгуз-Орун.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">3 день</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Для варианта Лайт - свободный день.
-Для остальных - экскурсия в "зеленную жемчужину" Кавказских Минеральных Вод - Железноводск и город-курорт Ессентуки. Железноводск — самый маленький и уютный из четырех курортов Кавказских Минеральных Вод. За последние годы из обычного провинциального городка он превратился в курорт европейского уровня. Вы прогуляетесь по уникальному курортному парку, насладитесь его красотой, тишиной и покоем. Познакомитесь с памятниками архитектуры, в том числе Пушкинской галереей, попробуете минеральную воду железноводских источников (Славяновскую и Смирновскую), сфотографируетесь на фоне фонтана из питейников, спуститесь по обновленной каскадной лестнице (700 м) к городскому озеру на знаменитую FE-площадь.
+              <w:t xml:space="preserve">экскурсия в "зеленную жемчужину" Кавказских Минеральных Вод - Железноводск и город-курорт Ессентуки. Железноводск — самый маленький и уютный из четырех курортов Кавказских Минеральных Вод. За последние годы из обычного провинциального городка он превратился в курорт европейского уровня. Вы прогуляетесь по уникальному курортному парку, насладитесь его красотой, тишиной и покоем. Познакомитесь с памятниками архитектуры, в том числе Пушкинской галереей, попробуете минеральную воду железноводских источников (Славяновскую и Смирновскую), сфотографируетесь на фоне фонтана из питейников, спуститесь по обновленной каскадной лестнице (700 м) к городскому озеру на знаменитую FE-площадь.
 Гости курорта Ессентуки узнают интересные сведения из истории открытия основных минеральных источников в долине у горы Щелочной, увидят современный курорт младший по возрасту, но мощный по емкости, ознакомятся с некоторыми уникальными архитектурными сооружениями, побывают в прекрасных лечебных парках.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">4 день</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Для варианта Лайт - свободный день.
-Для остальных - экскурсия в известный горнолыжный курорт страны - Домбай. Домбай – это заповедная долина, по кругу ограниченная живописными горами. Среди них и высочайшая точка Западного Кавказа – гора Домбай-Ульген («убитый зубр»), высота 4047 м над уровнем моря. Подъем на канатных дорогах на высоту 3000 м. На обратной дороге мы заедем на реку Уллу-Муруджу. Она славится чистотой своей воды. Еще здесь получаются красочные фотографии и видеоролики, которые украсят Ваши фотоальбомы и социальные сети.</w:t>
+              <w:t xml:space="preserve">экскурсия в известный горнолыжный курорт страны - Домбай. Домбай – это заповедная долина, по кругу ограниченная живописными горами. Среди них и высочайшая точка Западного Кавказа – гора Домбай-Ульген («убитый зубр»), высота 4047 м над уровнем моря. Подъем на канатных дорогах на высоту 3000 м. На обратной дороге мы заедем на реку Уллу-Муруджу. Она славится чистотой своей воды. Еще здесь получаются красочные фотографии и видеоролики, которые украсят Ваши фотоальбомы и социальные сети.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">5 день</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Для варианта Лайт - свободный день.
-[...16 lines deleted...]
-              <w:t xml:space="preserve">Трансфер в аэропорт Минеральных вод (самостоятельно или за дополнительную плату). Вылет.</w:t>
+              <w:t xml:space="preserve">экскурсия в столицу Северного Кавказа - Пятигорск. Во время экскурсии вы познакомитесь с самыми известными достопримечательностями северо-кавказской столицы. В 2019 году курортная зона Пятигорска была полностью реконструирована. Вас ждет обновленный парк "Цветник", преобразившийся Нагорный парк с символом Кавказских Минеральных Вод - Орлом и Китайской беседкой, Лермонтовские места, и, конечно, посещение подземного озера "Провал".  По желанию, в свободное время можно подняться на гору Машук по канатной дороге за доп.плату.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b w:val="single"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">В стоимость входит</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Prrafodelista">
           <w:numPr>
             <w:ilvl w:val="1"/>
             <w:numId w:val="1"/>
           </w:numPr>
         </w:pStyle>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">проживание в выбранном отеле в Кисловодске</w:t>
@@ -268,1328 +248,784 @@
           <w:p>
             <w:r>
               <w:t xml:space="preserve">курортный сбор в сутки с чел.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">100руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">канатные дороги в Домбае – все очереди</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">2 000руб.</w:t>
+              <w:t xml:space="preserve">2 300руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">канатные дороги в Домбае – дополнительно до панорамной площадки)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">400руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">канатные дороги в Приэльбрусье – все очереди</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">2 500руб.</w:t>
+              <w:t xml:space="preserve">3 400руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">канатные дороги в Приэльбрусье – на Чегет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">900руб.</w:t>
+              <w:t xml:space="preserve">1 100руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">канатные дороги в Приэльбрусье – на Эльбрус</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">1 400руб.</w:t>
+              <w:t xml:space="preserve">2 300руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">канатные дороги в Приэльбрусье – залог за один подъем туда и обратно</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">200руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">грязелечебница им. Семашко в г. Ессентуки</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">150руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">дом-музей Лермонтова  в г. Пятигорске</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">150руб.</w:t>
-            </w:r>
-[...14 lines deleted...]
-              <w:t xml:space="preserve">360руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">авиаперелет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b w:val="single"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Примечания</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Внимание! С 01.05.2018 в Ставропольском Крае дополнительно оплачивается единоразовый курортный сбор в размере 100 руб. на 1 человека в сутки. Оплата сбора производится на месте при поселении. Плательщиками являются только совершеннолетние туристы (проживающие в объектах размещения более 24 часов), кроме лиц, освобожденных от уплаты курортного сбора</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Цены рассчитаны на 5 марта 2025 года</w:t>
+        <w:t xml:space="preserve">Цены рассчитаны на 24 ноября 2025 года</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Заезд возможен 20.10.2025. Обратите внимание, что в разные даты заезда цена тура может отличаться.</w:t>
+        <w:t xml:space="preserve">Заезд возможен 09.03.2026. Обратите внимание, что в разные даты заезда цена тура может отличаться.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b w:val="single"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Это Кавказ Лайт 6/5</w:t>
+        <w:t xml:space="preserve">Это Кавказ 5/4</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Цена указана на 1 человека за пакет услуг с продолжительностью проживания в выбранном отеле 6 дней/5 ночей</w:t>
+        <w:t xml:space="preserve">Цена указана на 1 человека за пакет услуг с продолжительностью проживания в выбранном отеле 5 дней/4 ночи</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Название отеля, Категория отеля, Город / курорт, SPO, Тип номера, Питание</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">DBL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">SNGL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">TRPL</w:t>
+              <w:t xml:space="preserve">X-PAX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">CHLD</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Аль-Градо, 1*, Кисловодск, Стандарт, Только завтраки, 20.10-25.10</w:t>
-[...27 lines deleted...]
-              <w:t xml:space="preserve">OR</w:t>
+              <w:t xml:space="preserve">Амира парк, 3*, Кисловодск, Стандарт, Только завтраки, 09.03-13.03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">44900руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">65100руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">NA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Кубань, 0*, Кисловодск, DBKN, Только завтраки, 20.10-25.10</w:t>
-[...27 lines deleted...]
-              <w:t xml:space="preserve">OR</w:t>
+              <w:t xml:space="preserve">Амира парк, 3*, Кисловодск, Улучшенный, Только завтраки, 09.03-13.03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">46550руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">65400руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">38600руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Парк-отель СПО, 3*, Кисловодск, Эконом (мансарда), Только завтраки, 20.10-25.10</w:t>
-[...27 lines deleted...]
-              <w:t xml:space="preserve">OR</w:t>
+              <w:t xml:space="preserve">Агат, 3*, Кисловодск, Эконом, Только завтраки, 09.03-13.03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">47650руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">63700руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">NA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Амира Парк СПО, 3*, Кисловодск, Стандарт, Только завтраки, 20.10-25.10</w:t>
-[...27 lines deleted...]
-              <w:t xml:space="preserve">OR</w:t>
+              <w:t xml:space="preserve">Парк отель, 3*, Кисловодск, Стандарт, Только завтраки, 09.03-13.03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">48200руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">65900руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">41400руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Империал, 3*, Кисловодск, Люкс однокомнатный, Только завтраки, 20.10-25.10</w:t>
-[...27 lines deleted...]
-              <w:t xml:space="preserve">OR</w:t>
+              <w:t xml:space="preserve">Le Bristol, 4*, Кисловодск, Стандарт, Только завтраки, 09.03-13.03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">50350руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">69800руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">38600руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Хуторок, 3*, Кисловодск, Стандарт, Без питания, 20.10-25.10</w:t>
-[...27 lines deleted...]
-              <w:t xml:space="preserve">OR</w:t>
+              <w:t xml:space="preserve">Агат, 3*, Кисловодск, Стандарт, Только завтраки, 09.03-13.03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">51200руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">71400руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">NA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Агат, 3*, Кисловодск, Стандарт, Только завтраки, 20.10-25.10</w:t>
-[...27 lines deleted...]
-              <w:t xml:space="preserve">OR</w:t>
+              <w:t xml:space="preserve">Ария, 3*, Кисловодск, Стандарт, Только завтраки, 09.03-13.03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">52000руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">76300руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">NA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Ваш Отдых, 3*, Кисловодск, Стандарт, Только завтраки, 20.10-25.10</w:t>
-[...27 lines deleted...]
-              <w:t xml:space="preserve">OR</w:t>
+              <w:t xml:space="preserve">Агат, 3*, Кисловодск, Стандарт плюс, Только завтраки, 09.03-13.03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">53900руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">76800руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">38600руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Ария СПО, 4*, Кисловодск, СПО, Стандарт, Только завтраки, 20.10-25.10</w:t>
-[...27 lines deleted...]
-              <w:t xml:space="preserve">OR</w:t>
+              <w:t xml:space="preserve">Ария, 3*, Кисловодск, Джуниор сьют, Только завтраки, 09.03-13.03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">57750руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">87800руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">38600руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Гранд Отель, 4*, Кисловодск, 1-2 этаж, Только завтраки, 20.10-25.10</w:t>
-[...555 lines deleted...]
-              <w:t xml:space="preserve">OR</w:t>
+              <w:t xml:space="preserve">Агат, 3*, Кисловодск, Джуниор сьют, Только завтраки, 09.03-13.03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">59400руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">87800руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">39700руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr w:rsidR="12240" w:rsidRPr="12240" w:rsidSect="12240">
       <w:footerReference w:type="default" r:id="rId1"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="0" w:footer="0" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>