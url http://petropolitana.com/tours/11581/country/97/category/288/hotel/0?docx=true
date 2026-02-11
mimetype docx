--- v0 (2025-11-13)
+++ v1 (2026-02-11)
@@ -411,374 +411,53 @@
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b w:val="single"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Примечания</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Цены рассчитаны на 19 июня 2025 года</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Заезд возможен 14.11.2025. Обратите внимание, что в разные даты заезда цена тура может отличаться.</w:t>
+        <w:t xml:space="preserve">Приносим свои извинения, но для определения точной стоимости данного тура Вам необходимо обратиться к менеджеру по телефону (812)600-75-79.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...319 lines deleted...]
-    </w:tbl>
     <w:sectPr w:rsidR="12240" w:rsidRPr="12240" w:rsidSect="12240">
       <w:footerReference w:type="default" r:id="rId1"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="0" w:footer="0" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>