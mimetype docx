--- v0 (2025-11-03)
+++ v1 (2025-12-20)
@@ -451,51 +451,51 @@
         <w:t xml:space="preserve">Самарканд</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Arba 3* / Marokand Spa Hotel 3* или подобная</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Бухара</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Ayvan Boutique 3* / Nostalgia Boutique 3* или подобная</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Цены рассчитаны на 20 октября 2025 года</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Заезд возможен 07.11.2025. Обратите внимание, что в разные даты заезда цена тура может отличаться.</w:t>
+        <w:t xml:space="preserve">Заезд возможен 30.01.2026. Обратите внимание, что в разные даты заезда цена тура может отличаться.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b w:val="single"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Узбекистан 6/5</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Цена указана на 1 человека за пакет услуг с продолжительностью проживания в выбранном отеле 6 дней/5 ночей</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -524,65 +524,65 @@
           <w:p>
             <w:r>
               <w:t xml:space="preserve">SNGL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">X-PAX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">CHLD</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">По программе, 0*, по программе, Standard, Только завтраки, 07.11-12.11</w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">53506руб.</w:t>
+              <w:t xml:space="preserve">По программе, 0*, по программе, Standard, Только завтраки, 30.01-04.02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">42804руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">53399руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr w:rsidR="12240" w:rsidRPr="12240" w:rsidSect="12240">
       <w:footerReference w:type="default" r:id="rId1"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="0" w:footer="0" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>