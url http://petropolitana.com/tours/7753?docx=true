--- v1 (2025-12-20)
+++ v2 (2026-02-19)
@@ -446,56 +446,56 @@
         <w:t xml:space="preserve">Huvaydo 3* / King Plaza 3* или подобная</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Самарканд</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Arba 3* / Marokand Spa Hotel 3* или подобная</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Бухара</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Ayvan Boutique 3* / Nostalgia Boutique 3* или подобная</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Цены рассчитаны на 20 октября 2025 года</w:t>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Заезд возможен 30.01.2026. Обратите внимание, что в разные даты заезда цена тура может отличаться.</w:t>
+        <w:t xml:space="preserve">Цены рассчитаны на 26 января 2026 года</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Заезд возможен 20.02.2026. Обратите внимание, что в разные даты заезда цена тура может отличаться.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b w:val="single"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Узбекистан 6/5</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Цена указана на 1 человека за пакет услуг с продолжительностью проживания в выбранном отеле 6 дней/5 ночей</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -524,65 +524,65 @@
           <w:p>
             <w:r>
               <w:t xml:space="preserve">SNGL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">X-PAX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">CHLD</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">По программе, 0*, по программе, Standard, Только завтраки, 30.01-04.02</w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">53399руб.</w:t>
+              <w:t xml:space="preserve">По программе, 0*, по программе, Standard, Только завтраки, 20.02-25.02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">42379руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">51574руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr w:rsidR="12240" w:rsidRPr="12240" w:rsidSect="12240">
       <w:footerReference w:type="default" r:id="rId1"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="0" w:footer="0" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>